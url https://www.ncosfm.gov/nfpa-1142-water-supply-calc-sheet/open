--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,157 +1,145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="22527"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Office of State Fire Marshal\FIRE\PUBLIC\Devin\PDFs to Update\OSFM Webupdate\Live Fire Page\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Chris\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{863302D1-AD34-4E21-9291-119730C5E45F}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D27C372C-3366-44FD-BB76-77175445A113}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1860" yWindow="1860" windowWidth="28800" windowHeight="11385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="CCN">[1]Sheet2!$B$1:$B$4</definedName>
     <definedName name="exp">[1]Sheet2!$C$1:$C$5</definedName>
     <definedName name="ohc">[1]Sheet2!$A$1:$A$5</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$H$50</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateDelta="252"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H12" i="1" l="1"/>
   <c r="H3" i="1" l="1"/>
-  <c r="H6" i="1" s="1"/>
+  <c r="H12" i="1"/>
+  <c r="H6" i="1" l="1"/>
   <c r="H10" i="1" l="1"/>
   <c r="H8" i="1"/>
   <c r="H14" i="1" l="1"/>
   <c r="D16" i="1" s="1"/>
   <c r="H16" i="1" s="1"/>
   <c r="D22" i="1" s="1"/>
   <c r="H22" i="1" s="1"/>
   <c r="D28" i="1" s="1"/>
   <c r="H28" i="1" l="1"/>
-  <c r="H40" i="1" l="1"/>
-  <c r="E45" i="1" s="1"/>
+  <c r="H40" i="1" s="1"/>
+  <c r="E45" i="1" l="1"/>
   <c r="C45" i="1"/>
   <c r="E47" i="1" l="1"/>
   <c r="H45" i="1"/>
   <c r="B47" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="52">
   <si>
     <t xml:space="preserve">   x 1.5 = </t>
   </si>
   <si>
     <t>Gallons</t>
   </si>
   <si>
     <t>Minutes</t>
   </si>
   <si>
     <t>GPM</t>
   </si>
   <si>
     <t>at</t>
   </si>
   <si>
     <t>Gallons =</t>
   </si>
   <si>
     <t>1000 GPM</t>
   </si>
   <si>
-    <t>20,000 or more</t>
-[...1 lines deleted...]
-  <si>
     <t>750 GPM</t>
   </si>
   <si>
-    <t>10,000 to 19,999 Gallons</t>
-[...1 lines deleted...]
-  <si>
     <t>500 GPM</t>
   </si>
   <si>
-    <t>2,500 to 9,999 Gallons</t>
-[...1 lines deleted...]
-  <si>
     <t>250 GPM</t>
-  </si>
-[...1 lines deleted...]
-    <t>Up to 2,499 Gallons</t>
   </si>
   <si>
     <t>Total Gallons Required</t>
   </si>
   <si>
     <t>*Note* Any structure within 50' of burn structure is considered an exposure and</t>
   </si>
   <si>
     <t xml:space="preserve">   Exp =</t>
   </si>
   <si>
     <t xml:space="preserve">                             Gallons =</t>
   </si>
   <si>
     <t>*Note* Type II Construction .75. Ex: Cinderblock, approved non-combustible material.</t>
   </si>
   <si>
     <t xml:space="preserve">  CCN =</t>
   </si>
   <si>
     <t xml:space="preserve">          other types of structures.</t>
   </si>
   <si>
     <t xml:space="preserve">          complexes and similar constructed facilities. Refer to NFPA 1142 for </t>
   </si>
@@ -242,50 +230,62 @@
   <si>
     <t xml:space="preserve">          Type III Construction 1.0. Ex: Brick vaneer, approved non-combustible material etc.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">          requires total gallons to be multiplied by 1.5.  </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>DO NOT</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> add .5 for each additional exposures. </t>
     </r>
+  </si>
+  <si>
+    <t>Up to 15,000 Gallons</t>
+  </si>
+  <si>
+    <t>15,001 to 22,500 Gallons</t>
+  </si>
+  <si>
+    <t>22,501 to 30,000 Gallons</t>
+  </si>
+  <si>
+    <t>30,000 or more</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -431,168 +431,151 @@
       <right style="thick">
         <color indexed="64"/>
       </right>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="164" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="41" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="41" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="41" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="41" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="41" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="http://www.ncdoi.com/OSFM/Fire_Rescue_Training/Documents/SpecialSchools/NFPA_1142_WaterSupplyCalcSheet.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Sheet1"/>
       <sheetName val="Sheet2"/>
       <sheetName val="Sheet3"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1">
         <row r="1">
           <cell r="A1">
             <v>3</v>
           </cell>
           <cell r="B1">
             <v>0.5</v>
           </cell>
           <cell r="C1">
             <v>0</v>
           </cell>
         </row>
         <row r="2">
           <cell r="A2">
             <v>4</v>
           </cell>
           <cell r="B2">
@@ -618,91 +601,91 @@
             <v>6</v>
           </cell>
           <cell r="B4">
             <v>1.5</v>
           </cell>
           <cell r="C4">
             <v>3</v>
           </cell>
         </row>
         <row r="5">
           <cell r="A5">
             <v>7</v>
           </cell>
           <cell r="C5">
             <v>4</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="2"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -764,51 +747,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -906,1296 +889,1291 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M15" sqref="M14:M15"/>
+      <selection activeCell="J42" sqref="J42"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.6640625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="14.7109375" customWidth="1"/>
+    <col min="2" max="2" width="10.85546875" customWidth="1"/>
+    <col min="3" max="6" width="9.28515625" customWidth="1"/>
+    <col min="7" max="7" width="10.85546875" customWidth="1"/>
+    <col min="8" max="8" width="13.140625" customWidth="1"/>
+    <col min="9" max="9" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
-[...41 lines deleted...]
-      <c r="H3" s="19">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1" s="5"/>
+      <c r="B1" s="5"/>
+      <c r="C1" s="5"/>
+      <c r="D1" s="5"/>
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+      <c r="G1" s="5"/>
+      <c r="H1" s="5"/>
+      <c r="I1" s="5"/>
+    </row>
+    <row r="2" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="13"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="5"/>
+    </row>
+    <row r="3" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" s="5"/>
+      <c r="C3" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" s="14"/>
+      <c r="E3" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" s="15"/>
+      <c r="G3" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" s="16">
         <f>D3*F3</f>
         <v>0</v>
       </c>
-      <c r="I3" s="6"/>
-[...33 lines deleted...]
-      <c r="H6" s="21">
+      <c r="I3" s="5"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4" s="13"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="17"/>
+      <c r="I4" s="5"/>
+    </row>
+    <row r="5" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="13"/>
+      <c r="B5" s="13"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="13"/>
+      <c r="E5" s="13"/>
+      <c r="F5" s="13"/>
+      <c r="G5" s="13"/>
+      <c r="H5" s="17"/>
+      <c r="I5" s="5"/>
+    </row>
+    <row r="6" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="7"/>
+      <c r="B6" s="13"/>
+      <c r="C6" s="13"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="5"/>
+      <c r="H6" s="18">
         <f>H3</f>
         <v>0</v>
       </c>
-      <c r="I6" s="6"/>
-[...28 lines deleted...]
-      <c r="H8" s="21">
+      <c r="I6" s="5"/>
+    </row>
+    <row r="7" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="19" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="13"/>
+      <c r="C7" s="13"/>
+      <c r="D7" s="13"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="13"/>
+      <c r="G7" s="13"/>
+      <c r="H7" s="13"/>
+      <c r="I7" s="5"/>
+    </row>
+    <row r="8" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="15"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H8" s="18">
         <f>D8*H6</f>
         <v>0</v>
       </c>
-      <c r="I8" s="6"/>
-[...28 lines deleted...]
-      <c r="H10" s="21">
+      <c r="I8" s="5"/>
+    </row>
+    <row r="9" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="13"/>
+      <c r="C9" s="13"/>
+      <c r="D9" s="5"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+    </row>
+    <row r="10" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="13"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="13"/>
+      <c r="F10" s="13"/>
+      <c r="G10" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H10" s="18">
         <f>(D10)*H6</f>
         <v>0</v>
       </c>
-      <c r="I10" s="6"/>
-[...24 lines deleted...]
-      <c r="H12" s="21">
+      <c r="I10" s="5"/>
+    </row>
+    <row r="11" spans="1:9" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="2"/>
+      <c r="B11" s="7"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="5"/>
+      <c r="E11" s="5"/>
+      <c r="F11" s="5"/>
+      <c r="G11" s="5"/>
+      <c r="H11" s="5"/>
+      <c r="I11" s="5"/>
+    </row>
+    <row r="12" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="15"/>
+      <c r="C12" s="13"/>
+      <c r="D12" s="15"/>
+      <c r="E12" s="5"/>
+      <c r="F12" s="15"/>
+      <c r="G12" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H12" s="18">
         <f>B12*D12*F12</f>
         <v>0</v>
       </c>
-      <c r="I12" s="6"/>
-[...26 lines deleted...]
-      <c r="F14" s="8" t="s">
+      <c r="I12" s="5"/>
+    </row>
+    <row r="13" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="G14" s="16"/>
-      <c r="H14" s="21">
+      <c r="B13" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="19"/>
+      <c r="D13" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="E13" s="19"/>
+      <c r="F13" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" s="13"/>
+      <c r="H13" s="5"/>
+      <c r="I13" s="5"/>
+    </row>
+    <row r="14" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="13"/>
+      <c r="B14" s="13"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="13"/>
+      <c r="E14" s="13"/>
+      <c r="F14" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" s="13"/>
+      <c r="H14" s="18">
         <f>H10+H8+H12</f>
         <v>0</v>
       </c>
-      <c r="I14" s="6"/>
-[...18 lines deleted...]
-      <c r="D16" s="21">
+      <c r="I14" s="5"/>
+    </row>
+    <row r="15" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="13"/>
+      <c r="B15" s="13"/>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="13"/>
+      <c r="F15" s="13"/>
+      <c r="G15" s="13"/>
+      <c r="H15" s="13"/>
+      <c r="I15" s="5"/>
+    </row>
+    <row r="16" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="13"/>
+      <c r="B16" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="13"/>
+      <c r="D16" s="18">
         <f>H14</f>
         <v>0</v>
       </c>
-      <c r="E16" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="36">
+      <c r="E16" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" s="14">
+        <v>7</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="H16" s="21">
+        <f>D16/F16</f>
         <v>0</v>
       </c>
-      <c r="G16" s="8" t="s">
+      <c r="I16" s="5"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="13"/>
+      <c r="B17" s="13"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="13"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="13"/>
+      <c r="G17" s="13"/>
+      <c r="H17" s="13"/>
+      <c r="I17" s="5"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="13"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="5"/>
+    </row>
+    <row r="19" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="13"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="13"/>
+      <c r="E19" s="13"/>
+      <c r="F19" s="13"/>
+      <c r="G19" s="13"/>
+      <c r="H19" s="13"/>
+      <c r="I19" s="5"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="13"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="13"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="13"/>
+      <c r="I20" s="5"/>
+    </row>
+    <row r="21" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="13"/>
+      <c r="B21" s="13"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="13"/>
+      <c r="I21" s="5"/>
+    </row>
+    <row r="22" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="13"/>
+      <c r="B22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" s="4"/>
+      <c r="D22" s="21">
+        <f>H16</f>
+        <v>0</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="F22" s="22">
+        <v>1</v>
+      </c>
+      <c r="G22" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H16" s="26" t="e">
-[...79 lines deleted...]
-      <c r="F22" s="28">
+      <c r="H22" s="21">
+        <f>D22*F22</f>
+        <v>0</v>
+      </c>
+      <c r="I22" s="5"/>
+    </row>
+    <row r="23" spans="1:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="13"/>
+      <c r="B23" s="13"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="13"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="13"/>
+      <c r="G23" s="13"/>
+      <c r="H23" s="13"/>
+      <c r="I23" s="5"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B24" s="13"/>
+      <c r="C24" s="13"/>
+      <c r="D24" s="13"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="13"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="13"/>
+      <c r="I24" s="5"/>
+    </row>
+    <row r="25" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" s="13"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="13"/>
+      <c r="F25" s="13"/>
+      <c r="G25" s="13"/>
+      <c r="H25" s="13"/>
+      <c r="I25" s="5"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B26" s="13"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="13"/>
+      <c r="F26" s="13"/>
+      <c r="G26" s="13"/>
+      <c r="H26" s="13"/>
+      <c r="I26" s="5"/>
+    </row>
+    <row r="27" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="13"/>
+      <c r="B27" s="13"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="13"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="13"/>
+      <c r="H27" s="13"/>
+      <c r="I27" s="5"/>
+    </row>
+    <row r="28" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="13"/>
+      <c r="B28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" s="13"/>
+      <c r="D28" s="21">
+        <f>H22</f>
+        <v>0</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" s="22">
         <v>1</v>
       </c>
-      <c r="G22" s="8" t="s">
+      <c r="G28" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H22" s="26" t="e">
-[...30 lines deleted...]
-      <c r="A25" s="16" t="s">
+      <c r="H28" s="23">
+        <f>D28*F28</f>
+        <v>0</v>
+      </c>
+      <c r="I28" s="5"/>
+    </row>
+    <row r="29" spans="1:9" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="13"/>
+      <c r="B29" s="13"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="13"/>
+      <c r="E29" s="13"/>
+      <c r="F29" s="13"/>
+      <c r="G29" s="13"/>
+      <c r="H29" s="13"/>
+      <c r="I29" s="5"/>
+    </row>
+    <row r="30" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" s="13"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="13"/>
+      <c r="E30" s="13"/>
+      <c r="F30" s="13"/>
+      <c r="G30" s="13"/>
+      <c r="H30" s="13"/>
+      <c r="I30" s="8"/>
+    </row>
+    <row r="31" spans="1:9" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B31" s="13"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="13"/>
+      <c r="E31" s="13"/>
+      <c r="F31" s="13"/>
+      <c r="G31" s="13"/>
+      <c r="H31" s="13"/>
+      <c r="I31" s="5"/>
+    </row>
+    <row r="32" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="13"/>
+      <c r="B32" s="13"/>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="13"/>
+      <c r="F32" s="4"/>
+      <c r="G32" s="13"/>
+      <c r="H32" s="13"/>
+      <c r="I32" s="5"/>
+    </row>
+    <row r="33" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="13"/>
+      <c r="B33" s="13"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="13"/>
+      <c r="F33" s="19"/>
+      <c r="G33" s="13"/>
+      <c r="H33" s="13"/>
+      <c r="I33" s="5"/>
+    </row>
+    <row r="34" spans="1:9" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="13"/>
+      <c r="B34" s="33" t="s">
+        <v>10</v>
+      </c>
+      <c r="C34" s="33"/>
+      <c r="D34" s="33"/>
+      <c r="E34" s="33"/>
+      <c r="F34" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="G34" s="31"/>
+      <c r="H34" s="32"/>
+      <c r="I34" s="5"/>
+    </row>
+    <row r="35" spans="1:9" ht="14.1" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="13"/>
+      <c r="B35" s="29" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" s="29"/>
+      <c r="D35" s="29"/>
+      <c r="E35" s="29"/>
+      <c r="F35" s="29" t="s">
+        <v>9</v>
+      </c>
+      <c r="G35" s="29"/>
+      <c r="H35" s="29"/>
+      <c r="I35" s="5"/>
+    </row>
+    <row r="36" spans="1:9" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="13"/>
+      <c r="B36" s="29" t="s">
+        <v>49</v>
+      </c>
+      <c r="C36" s="29"/>
+      <c r="D36" s="29"/>
+      <c r="E36" s="29"/>
+      <c r="F36" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="G36" s="29"/>
+      <c r="H36" s="29"/>
+      <c r="I36" s="5"/>
+    </row>
+    <row r="37" spans="1:9" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="13"/>
+      <c r="B37" s="29" t="s">
         <v>50</v>
       </c>
-      <c r="B25" s="16"/>
-[...9 lines deleted...]
-      <c r="A26" s="16" t="s">
+      <c r="C37" s="29"/>
+      <c r="D37" s="29"/>
+      <c r="E37" s="29"/>
+      <c r="F37" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="G37" s="29"/>
+      <c r="H37" s="29"/>
+      <c r="I37" s="5"/>
+    </row>
+    <row r="38" spans="1:9" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="13"/>
+      <c r="B38" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="C38" s="29"/>
+      <c r="D38" s="29"/>
+      <c r="E38" s="29"/>
+      <c r="F38" s="29" t="s">
+        <v>6</v>
+      </c>
+      <c r="G38" s="29"/>
+      <c r="H38" s="29"/>
+      <c r="I38" s="5"/>
+    </row>
+    <row r="39" spans="1:9" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="13"/>
+      <c r="B39" s="13"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="13"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="13"/>
+      <c r="H39" s="13"/>
+      <c r="I39" s="5"/>
+    </row>
+    <row r="40" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="13"/>
+      <c r="B40" s="13"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="E40" s="27"/>
+      <c r="F40" s="27"/>
+      <c r="G40" s="28"/>
+      <c r="H40" s="12">
+        <f>IF(H28&lt;15000,250)+IF(H28&gt;15001,500)*OR(H28&lt;22500,500)+IF(H28&gt;22501,750)*OR(H28&lt;30000,750)+IF(H28&gt;30000,1000)</f>
+        <v>250</v>
+      </c>
+      <c r="I40" s="6"/>
+    </row>
+    <row r="41" spans="1:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="13"/>
+      <c r="B41" s="13"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="13"/>
+      <c r="F41" s="13"/>
+      <c r="G41" s="13"/>
+      <c r="H41" s="13"/>
+      <c r="I41" s="5"/>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="9" t="s">
         <v>43</v>
       </c>
-      <c r="B26" s="16"/>
-[...32 lines deleted...]
-      <c r="F28" s="28">
+      <c r="B42" s="13"/>
+      <c r="C42" s="13"/>
+      <c r="D42" s="13"/>
+      <c r="E42" s="13"/>
+      <c r="F42" s="13"/>
+      <c r="G42" s="13"/>
+      <c r="H42" s="13"/>
+      <c r="I42" s="5"/>
+    </row>
+    <row r="43" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B43" s="3"/>
+      <c r="C43" s="3"/>
+      <c r="D43" s="3"/>
+      <c r="E43" s="3"/>
+      <c r="F43" s="7"/>
+      <c r="G43" s="13"/>
+      <c r="H43" s="13"/>
+      <c r="I43" s="5"/>
+    </row>
+    <row r="44" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="13"/>
+      <c r="B44" s="13"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="13"/>
+      <c r="E44" s="13"/>
+      <c r="F44" s="13"/>
+      <c r="G44" s="13"/>
+      <c r="H44" s="13"/>
+      <c r="I44" s="5"/>
+    </row>
+    <row r="45" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="13"/>
+      <c r="B45" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="C45" s="24">
+        <f>H28</f>
+        <v>0</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E45" s="25">
+        <f>H40</f>
+        <v>250</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H45" s="25">
+        <f>C45/E45</f>
+        <v>0</v>
+      </c>
+      <c r="I45" s="8"/>
+    </row>
+    <row r="46" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="13"/>
+      <c r="B46" s="13"/>
+      <c r="C46" s="13"/>
+      <c r="D46" s="13"/>
+      <c r="E46" s="5"/>
+      <c r="F46" s="13"/>
+      <c r="G46" s="13"/>
+      <c r="H46" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="I46" s="5"/>
+    </row>
+    <row r="47" spans="1:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="13"/>
+      <c r="B47" s="21">
+        <f>C45</f>
+        <v>0</v>
+      </c>
+      <c r="C47" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="G28" s="8" t="s">
-[...267 lines deleted...]
-      <c r="D47" s="16" t="s">
+      <c r="D47" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="E47" s="33" t="e">
+      <c r="E47" s="21">
         <f>C45*1.5</f>
-        <v>#DIV/0!</v>
-[...524 lines deleted...]
-      <c r="H134" s="2"/>
+        <v>0</v>
+      </c>
+      <c r="F47" s="5"/>
+      <c r="G47" s="13"/>
+      <c r="H47" s="5"/>
+      <c r="I47" s="8"/>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="13"/>
+      <c r="B48" s="13"/>
+      <c r="C48" s="13"/>
+      <c r="D48" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="E48" s="13"/>
+      <c r="F48" s="13"/>
+      <c r="G48" s="13"/>
+      <c r="H48" s="13"/>
+      <c r="I48" s="5"/>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" s="13"/>
+      <c r="B49" s="13"/>
+      <c r="C49" s="5"/>
+      <c r="D49" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="E49" s="5"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+      <c r="H49" s="13"/>
+      <c r="I49" s="5"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="13"/>
+      <c r="B50" s="13"/>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="5"/>
+      <c r="G50" s="13"/>
+      <c r="H50" s="13"/>
+      <c r="I50" s="5"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" s="1"/>
+      <c r="B51" s="1"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+      <c r="G51" s="1"/>
+      <c r="H51" s="1"/>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="F86" s="1"/>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="F87" s="1"/>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A88" s="1"/>
+      <c r="B88" s="1"/>
+      <c r="C88" s="1"/>
+      <c r="D88" s="1"/>
+      <c r="E88" s="1"/>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1"/>
+      <c r="H88" s="1"/>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A89" s="1"/>
+      <c r="B89" s="1"/>
+      <c r="C89" s="1"/>
+      <c r="D89" s="1"/>
+      <c r="E89" s="1"/>
+      <c r="F89" s="1"/>
+      <c r="G89" s="1"/>
+      <c r="H89" s="1"/>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A90" s="1"/>
+      <c r="B90" s="1"/>
+      <c r="C90" s="1"/>
+      <c r="D90" s="1"/>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1"/>
+      <c r="H90" s="1"/>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A91" s="1"/>
+      <c r="B91" s="1"/>
+      <c r="C91" s="1"/>
+      <c r="D91" s="1"/>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1"/>
+      <c r="H91" s="1"/>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A92" s="1"/>
+      <c r="B92" s="1"/>
+      <c r="C92" s="1"/>
+      <c r="D92" s="1"/>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1"/>
+      <c r="H92" s="1"/>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A93" s="1"/>
+      <c r="B93" s="1"/>
+      <c r="C93" s="1"/>
+      <c r="D93" s="1"/>
+      <c r="E93" s="1"/>
+      <c r="F93" s="1"/>
+      <c r="G93" s="1"/>
+      <c r="H93" s="1"/>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A94" s="1"/>
+      <c r="B94" s="1"/>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1"/>
+      <c r="H94" s="1"/>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A95" s="1"/>
+      <c r="B95" s="1"/>
+      <c r="C95" s="1"/>
+      <c r="D95" s="1"/>
+      <c r="E95" s="1"/>
+      <c r="F95" s="1"/>
+      <c r="G95" s="1"/>
+      <c r="H95" s="1"/>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A96" s="1"/>
+      <c r="B96" s="1"/>
+      <c r="C96" s="1"/>
+      <c r="D96" s="1"/>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1"/>
+      <c r="H96" s="1"/>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A97" s="1"/>
+      <c r="B97" s="1"/>
+      <c r="C97" s="1"/>
+      <c r="D97" s="1"/>
+      <c r="E97" s="1"/>
+      <c r="F97" s="1"/>
+      <c r="G97" s="1"/>
+      <c r="H97" s="1"/>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A98" s="1"/>
+      <c r="B98" s="1"/>
+      <c r="C98" s="1"/>
+      <c r="D98" s="1"/>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1"/>
+      <c r="H98" s="1"/>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A99" s="1"/>
+      <c r="B99" s="1"/>
+      <c r="C99" s="1"/>
+      <c r="D99" s="1"/>
+      <c r="E99" s="1"/>
+      <c r="F99" s="1"/>
+      <c r="G99" s="1"/>
+      <c r="H99" s="1"/>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A100" s="1"/>
+      <c r="B100" s="1"/>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1"/>
+      <c r="H100" s="1"/>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A101" s="1"/>
+      <c r="B101" s="1"/>
+      <c r="C101" s="1"/>
+      <c r="D101" s="1"/>
+      <c r="E101" s="1"/>
+      <c r="F101" s="1"/>
+      <c r="G101" s="1"/>
+      <c r="H101" s="1"/>
+    </row>
+    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A102" s="1"/>
+      <c r="B102" s="1"/>
+      <c r="C102" s="1"/>
+      <c r="D102" s="1"/>
+      <c r="E102" s="1"/>
+      <c r="F102" s="1"/>
+      <c r="G102" s="1"/>
+      <c r="H102" s="1"/>
+    </row>
+    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A103" s="1"/>
+      <c r="B103" s="1"/>
+      <c r="C103" s="1"/>
+      <c r="D103" s="1"/>
+      <c r="E103" s="1"/>
+      <c r="F103" s="1"/>
+      <c r="G103" s="1"/>
+      <c r="H103" s="1"/>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A104" s="1"/>
+      <c r="B104" s="1"/>
+      <c r="C104" s="1"/>
+      <c r="D104" s="1"/>
+      <c r="E104" s="1"/>
+      <c r="F104" s="1"/>
+      <c r="G104" s="1"/>
+      <c r="H104" s="1"/>
+    </row>
+    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A105" s="1"/>
+      <c r="B105" s="1"/>
+      <c r="C105" s="1"/>
+      <c r="D105" s="1"/>
+      <c r="E105" s="1"/>
+      <c r="F105" s="1"/>
+      <c r="G105" s="1"/>
+      <c r="H105" s="1"/>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A106" s="1"/>
+      <c r="B106" s="1"/>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1"/>
+      <c r="F106" s="1"/>
+      <c r="G106" s="1"/>
+      <c r="H106" s="1"/>
+    </row>
+    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A107" s="1"/>
+      <c r="B107" s="1"/>
+      <c r="C107" s="1"/>
+      <c r="D107" s="1"/>
+      <c r="E107" s="1"/>
+      <c r="F107" s="1"/>
+      <c r="G107" s="1"/>
+      <c r="H107" s="1"/>
+    </row>
+    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A108" s="1"/>
+      <c r="B108" s="1"/>
+      <c r="C108" s="1"/>
+      <c r="D108" s="1"/>
+      <c r="E108" s="1"/>
+      <c r="F108" s="1"/>
+      <c r="G108" s="1"/>
+      <c r="H108" s="1"/>
+    </row>
+    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A109" s="1"/>
+      <c r="B109" s="1"/>
+      <c r="C109" s="1"/>
+      <c r="D109" s="1"/>
+      <c r="E109" s="1"/>
+      <c r="F109" s="1"/>
+      <c r="G109" s="1"/>
+      <c r="H109" s="1"/>
+    </row>
+    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A110" s="1"/>
+      <c r="B110" s="1"/>
+      <c r="C110" s="1"/>
+      <c r="D110" s="1"/>
+      <c r="E110" s="1"/>
+      <c r="F110" s="1"/>
+      <c r="G110" s="1"/>
+      <c r="H110" s="1"/>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A111" s="1"/>
+      <c r="B111" s="1"/>
+      <c r="C111" s="1"/>
+      <c r="D111" s="1"/>
+      <c r="E111" s="1"/>
+      <c r="F111" s="1"/>
+      <c r="G111" s="1"/>
+      <c r="H111" s="1"/>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A112" s="1"/>
+      <c r="B112" s="1"/>
+      <c r="C112" s="1"/>
+      <c r="D112" s="1"/>
+      <c r="E112" s="1"/>
+      <c r="F112" s="1"/>
+      <c r="G112" s="1"/>
+      <c r="H112" s="1"/>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A113" s="1"/>
+      <c r="B113" s="1"/>
+      <c r="C113" s="1"/>
+      <c r="D113" s="1"/>
+      <c r="E113" s="1"/>
+      <c r="F113" s="1"/>
+      <c r="G113" s="1"/>
+      <c r="H113" s="1"/>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A114" s="1"/>
+      <c r="B114" s="1"/>
+      <c r="C114" s="1"/>
+      <c r="D114" s="1"/>
+      <c r="E114" s="1"/>
+      <c r="F114" s="1"/>
+      <c r="G114" s="1"/>
+      <c r="H114" s="1"/>
+    </row>
+    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A115" s="1"/>
+      <c r="B115" s="1"/>
+      <c r="C115" s="1"/>
+      <c r="D115" s="1"/>
+      <c r="E115" s="1"/>
+      <c r="F115" s="1"/>
+      <c r="G115" s="1"/>
+      <c r="H115" s="1"/>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A116" s="1"/>
+      <c r="B116" s="1"/>
+      <c r="C116" s="1"/>
+      <c r="D116" s="1"/>
+      <c r="E116" s="1"/>
+      <c r="F116" s="1"/>
+      <c r="G116" s="1"/>
+      <c r="H116" s="1"/>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A117" s="1"/>
+      <c r="B117" s="1"/>
+      <c r="C117" s="1"/>
+      <c r="D117" s="1"/>
+      <c r="E117" s="1"/>
+      <c r="F117" s="1"/>
+      <c r="G117" s="1"/>
+      <c r="H117" s="1"/>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A118" s="1"/>
+      <c r="B118" s="1"/>
+      <c r="C118" s="1"/>
+      <c r="D118" s="1"/>
+      <c r="E118" s="1"/>
+      <c r="F118" s="1"/>
+      <c r="G118" s="1"/>
+      <c r="H118" s="1"/>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A119" s="1"/>
+      <c r="B119" s="1"/>
+      <c r="C119" s="1"/>
+      <c r="D119" s="1"/>
+      <c r="E119" s="1"/>
+      <c r="F119" s="1"/>
+      <c r="G119" s="1"/>
+      <c r="H119" s="1"/>
+    </row>
+    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A120" s="1"/>
+      <c r="B120" s="1"/>
+      <c r="C120" s="1"/>
+      <c r="D120" s="1"/>
+      <c r="E120" s="1"/>
+      <c r="F120" s="1"/>
+      <c r="G120" s="1"/>
+      <c r="H120" s="1"/>
+    </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A121" s="1"/>
+      <c r="B121" s="1"/>
+      <c r="C121" s="1"/>
+      <c r="D121" s="1"/>
+      <c r="E121" s="1"/>
+      <c r="F121" s="1"/>
+      <c r="G121" s="1"/>
+      <c r="H121" s="1"/>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A122" s="1"/>
+      <c r="B122" s="1"/>
+      <c r="C122" s="1"/>
+      <c r="D122" s="1"/>
+      <c r="E122" s="1"/>
+      <c r="F122" s="1"/>
+      <c r="G122" s="1"/>
+      <c r="H122" s="1"/>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A123" s="1"/>
+      <c r="B123" s="1"/>
+      <c r="C123" s="1"/>
+      <c r="D123" s="1"/>
+      <c r="E123" s="1"/>
+      <c r="F123" s="1"/>
+      <c r="G123" s="1"/>
+      <c r="H123" s="1"/>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A124" s="1"/>
+      <c r="B124" s="1"/>
+      <c r="C124" s="1"/>
+      <c r="D124" s="1"/>
+      <c r="E124" s="1"/>
+      <c r="F124" s="1"/>
+      <c r="G124" s="1"/>
+      <c r="H124" s="1"/>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A125" s="1"/>
+      <c r="B125" s="1"/>
+      <c r="C125" s="1"/>
+      <c r="D125" s="1"/>
+      <c r="E125" s="1"/>
+      <c r="F125" s="1"/>
+      <c r="G125" s="1"/>
+      <c r="H125" s="1"/>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A126" s="1"/>
+      <c r="B126" s="1"/>
+      <c r="C126" s="1"/>
+      <c r="D126" s="1"/>
+      <c r="E126" s="1"/>
+      <c r="F126" s="1"/>
+      <c r="G126" s="1"/>
+      <c r="H126" s="1"/>
+    </row>
+    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A127" s="1"/>
+      <c r="B127" s="1"/>
+      <c r="C127" s="1"/>
+      <c r="D127" s="1"/>
+      <c r="E127" s="1"/>
+      <c r="F127" s="1"/>
+      <c r="G127" s="1"/>
+      <c r="H127" s="1"/>
+    </row>
+    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A128" s="1"/>
+      <c r="B128" s="1"/>
+      <c r="C128" s="1"/>
+      <c r="D128" s="1"/>
+      <c r="E128" s="1"/>
+      <c r="F128" s="1"/>
+      <c r="G128" s="1"/>
+      <c r="H128" s="1"/>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A129" s="1"/>
+      <c r="B129" s="1"/>
+      <c r="C129" s="1"/>
+      <c r="D129" s="1"/>
+      <c r="E129" s="1"/>
+      <c r="F129" s="1"/>
+      <c r="G129" s="1"/>
+      <c r="H129" s="1"/>
+    </row>
+    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A130" s="1"/>
+      <c r="B130" s="1"/>
+      <c r="C130" s="1"/>
+      <c r="D130" s="1"/>
+      <c r="E130" s="1"/>
+      <c r="F130" s="1"/>
+      <c r="G130" s="1"/>
+      <c r="H130" s="1"/>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A131" s="1"/>
+      <c r="B131" s="1"/>
+      <c r="C131" s="1"/>
+      <c r="D131" s="1"/>
+      <c r="E131" s="1"/>
+      <c r="F131" s="1"/>
+      <c r="G131" s="1"/>
+      <c r="H131" s="1"/>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A132" s="1"/>
+      <c r="B132" s="1"/>
+      <c r="C132" s="1"/>
+      <c r="D132" s="1"/>
+      <c r="E132" s="1"/>
+      <c r="F132" s="1"/>
+      <c r="G132" s="1"/>
+      <c r="H132" s="1"/>
+    </row>
+    <row r="133" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A133" s="1"/>
+      <c r="B133" s="1"/>
+      <c r="C133" s="1"/>
+      <c r="D133" s="1"/>
+      <c r="E133" s="1"/>
+      <c r="G133" s="1"/>
+      <c r="H133" s="1"/>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A134" s="1"/>
+      <c r="B134" s="1"/>
+      <c r="C134" s="1"/>
+      <c r="D134" s="1"/>
+      <c r="E134" s="1"/>
+      <c r="G134" s="1"/>
+      <c r="H134" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="F34:H34"/>
     <mergeCell ref="B34:E34"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B38:E38"/>
     <mergeCell ref="B36:E36"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="D40:G40"/>
     <mergeCell ref="F35:H35"/>
     <mergeCell ref="F38:H38"/>
     <mergeCell ref="F36:H36"/>
     <mergeCell ref="F37:H37"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="JB30 SX30 ACT30 AMP30 AWL30 BGH30 BQD30 BZZ30 CJV30 CTR30 DDN30 DNJ30 DXF30 EHB30 EQX30 FAT30 FKP30 FUL30 GEH30 GOD30 GXZ30 HHV30 HRR30 IBN30 ILJ30 IVF30 JFB30 JOX30 JYT30 KIP30 KSL30 LCH30 LMD30 LVZ30 MFV30 MPR30 MZN30 NJJ30 NTF30 ODB30 OMX30 OWT30 PGP30 PQL30 QAH30 QKD30 QTZ30 RDV30 RNR30 RXN30 SHJ30 SRF30 TBB30 TKX30 TUT30 UEP30 UOL30 UYH30 VID30 VRZ30 WBV30 WLR30 WVN30 F65562 JB65566 SX65566 ACT65566 AMP65566 AWL65566 BGH65566 BQD65566 BZZ65566 CJV65566 CTR65566 DDN65566 DNJ65566 DXF65566 EHB65566 EQX65566 FAT65566 FKP65566 FUL65566 GEH65566 GOD65566 GXZ65566 HHV65566 HRR65566 IBN65566 ILJ65566 IVF65566 JFB65566 JOX65566 JYT65566 KIP65566 KSL65566 LCH65566 LMD65566 LVZ65566 MFV65566 MPR65566 MZN65566 NJJ65566 NTF65566 ODB65566 OMX65566 OWT65566 PGP65566 PQL65566 QAH65566 QKD65566 QTZ65566 RDV65566 RNR65566 RXN65566 SHJ65566 SRF65566 TBB65566 TKX65566 TUT65566 UEP65566 UOL65566 UYH65566 VID65566 VRZ65566 WBV65566 WLR65566 WVN65566 F131098 JB131102 SX131102 ACT131102 AMP131102 AWL131102 BGH131102 BQD131102 BZZ131102 CJV131102 CTR131102 DDN131102 DNJ131102 DXF131102 EHB131102 EQX131102 FAT131102 FKP131102 FUL131102 GEH131102 GOD131102 GXZ131102 HHV131102 HRR131102 IBN131102 ILJ131102 IVF131102 JFB131102 JOX131102 JYT131102 KIP131102 KSL131102 LCH131102 LMD131102 LVZ131102 MFV131102 MPR131102 MZN131102 NJJ131102 NTF131102 ODB131102 OMX131102 OWT131102 PGP131102 PQL131102 QAH131102 QKD131102 QTZ131102 RDV131102 RNR131102 RXN131102 SHJ131102 SRF131102 TBB131102 TKX131102 TUT131102 UEP131102 UOL131102 UYH131102 VID131102 VRZ131102 WBV131102 WLR131102 WVN131102 F196634 JB196638 SX196638 ACT196638 AMP196638 AWL196638 BGH196638 BQD196638 BZZ196638 CJV196638 CTR196638 DDN196638 DNJ196638 DXF196638 EHB196638 EQX196638 FAT196638 FKP196638 FUL196638 GEH196638 GOD196638 GXZ196638 HHV196638 HRR196638 IBN196638 ILJ196638 IVF196638 JFB196638 JOX196638 JYT196638 KIP196638 KSL196638 LCH196638 LMD196638 LVZ196638 MFV196638 MPR196638 MZN196638 NJJ196638 NTF196638 ODB196638 OMX196638 OWT196638 PGP196638 PQL196638 QAH196638 QKD196638 QTZ196638 RDV196638 RNR196638 RXN196638 SHJ196638 SRF196638 TBB196638 TKX196638 TUT196638 UEP196638 UOL196638 UYH196638 VID196638 VRZ196638 WBV196638 WLR196638 WVN196638 F262170 JB262174 SX262174 ACT262174 AMP262174 AWL262174 BGH262174 BQD262174 BZZ262174 CJV262174 CTR262174 DDN262174 DNJ262174 DXF262174 EHB262174 EQX262174 FAT262174 FKP262174 FUL262174 GEH262174 GOD262174 GXZ262174 HHV262174 HRR262174 IBN262174 ILJ262174 IVF262174 JFB262174 JOX262174 JYT262174 KIP262174 KSL262174 LCH262174 LMD262174 LVZ262174 MFV262174 MPR262174 MZN262174 NJJ262174 NTF262174 ODB262174 OMX262174 OWT262174 PGP262174 PQL262174 QAH262174 QKD262174 QTZ262174 RDV262174 RNR262174 RXN262174 SHJ262174 SRF262174 TBB262174 TKX262174 TUT262174 UEP262174 UOL262174 UYH262174 VID262174 VRZ262174 WBV262174 WLR262174 WVN262174 F327706 JB327710 SX327710 ACT327710 AMP327710 AWL327710 BGH327710 BQD327710 BZZ327710 CJV327710 CTR327710 DDN327710 DNJ327710 DXF327710 EHB327710 EQX327710 FAT327710 FKP327710 FUL327710 GEH327710 GOD327710 GXZ327710 HHV327710 HRR327710 IBN327710 ILJ327710 IVF327710 JFB327710 JOX327710 JYT327710 KIP327710 KSL327710 LCH327710 LMD327710 LVZ327710 MFV327710 MPR327710 MZN327710 NJJ327710 NTF327710 ODB327710 OMX327710 OWT327710 PGP327710 PQL327710 QAH327710 QKD327710 QTZ327710 RDV327710 RNR327710 RXN327710 SHJ327710 SRF327710 TBB327710 TKX327710 TUT327710 UEP327710 UOL327710 UYH327710 VID327710 VRZ327710 WBV327710 WLR327710 WVN327710 F393242 JB393246 SX393246 ACT393246 AMP393246 AWL393246 BGH393246 BQD393246 BZZ393246 CJV393246 CTR393246 DDN393246 DNJ393246 DXF393246 EHB393246 EQX393246 FAT393246 FKP393246 FUL393246 GEH393246 GOD393246 GXZ393246 HHV393246 HRR393246 IBN393246 ILJ393246 IVF393246 JFB393246 JOX393246 JYT393246 KIP393246 KSL393246 LCH393246 LMD393246 LVZ393246 MFV393246 MPR393246 MZN393246 NJJ393246 NTF393246 ODB393246 OMX393246 OWT393246 PGP393246 PQL393246 QAH393246 QKD393246 QTZ393246 RDV393246 RNR393246 RXN393246 SHJ393246 SRF393246 TBB393246 TKX393246 TUT393246 UEP393246 UOL393246 UYH393246 VID393246 VRZ393246 WBV393246 WLR393246 WVN393246 F458778 JB458782 SX458782 ACT458782 AMP458782 AWL458782 BGH458782 BQD458782 BZZ458782 CJV458782 CTR458782 DDN458782 DNJ458782 DXF458782 EHB458782 EQX458782 FAT458782 FKP458782 FUL458782 GEH458782 GOD458782 GXZ458782 HHV458782 HRR458782 IBN458782 ILJ458782 IVF458782 JFB458782 JOX458782 JYT458782 KIP458782 KSL458782 LCH458782 LMD458782 LVZ458782 MFV458782 MPR458782 MZN458782 NJJ458782 NTF458782 ODB458782 OMX458782 OWT458782 PGP458782 PQL458782 QAH458782 QKD458782 QTZ458782 RDV458782 RNR458782 RXN458782 SHJ458782 SRF458782 TBB458782 TKX458782 TUT458782 UEP458782 UOL458782 UYH458782 VID458782 VRZ458782 WBV458782 WLR458782 WVN458782 F524314 JB524318 SX524318 ACT524318 AMP524318 AWL524318 BGH524318 BQD524318 BZZ524318 CJV524318 CTR524318 DDN524318 DNJ524318 DXF524318 EHB524318 EQX524318 FAT524318 FKP524318 FUL524318 GEH524318 GOD524318 GXZ524318 HHV524318 HRR524318 IBN524318 ILJ524318 IVF524318 JFB524318 JOX524318 JYT524318 KIP524318 KSL524318 LCH524318 LMD524318 LVZ524318 MFV524318 MPR524318 MZN524318 NJJ524318 NTF524318 ODB524318 OMX524318 OWT524318 PGP524318 PQL524318 QAH524318 QKD524318 QTZ524318 RDV524318 RNR524318 RXN524318 SHJ524318 SRF524318 TBB524318 TKX524318 TUT524318 UEP524318 UOL524318 UYH524318 VID524318 VRZ524318 WBV524318 WLR524318 WVN524318 F589850 JB589854 SX589854 ACT589854 AMP589854 AWL589854 BGH589854 BQD589854 BZZ589854 CJV589854 CTR589854 DDN589854 DNJ589854 DXF589854 EHB589854 EQX589854 FAT589854 FKP589854 FUL589854 GEH589854 GOD589854 GXZ589854 HHV589854 HRR589854 IBN589854 ILJ589854 IVF589854 JFB589854 JOX589854 JYT589854 KIP589854 KSL589854 LCH589854 LMD589854 LVZ589854 MFV589854 MPR589854 MZN589854 NJJ589854 NTF589854 ODB589854 OMX589854 OWT589854 PGP589854 PQL589854 QAH589854 QKD589854 QTZ589854 RDV589854 RNR589854 RXN589854 SHJ589854 SRF589854 TBB589854 TKX589854 TUT589854 UEP589854 UOL589854 UYH589854 VID589854 VRZ589854 WBV589854 WLR589854 WVN589854 F655386 JB655390 SX655390 ACT655390 AMP655390 AWL655390 BGH655390 BQD655390 BZZ655390 CJV655390 CTR655390 DDN655390 DNJ655390 DXF655390 EHB655390 EQX655390 FAT655390 FKP655390 FUL655390 GEH655390 GOD655390 GXZ655390 HHV655390 HRR655390 IBN655390 ILJ655390 IVF655390 JFB655390 JOX655390 JYT655390 KIP655390 KSL655390 LCH655390 LMD655390 LVZ655390 MFV655390 MPR655390 MZN655390 NJJ655390 NTF655390 ODB655390 OMX655390 OWT655390 PGP655390 PQL655390 QAH655390 QKD655390 QTZ655390 RDV655390 RNR655390 RXN655390 SHJ655390 SRF655390 TBB655390 TKX655390 TUT655390 UEP655390 UOL655390 UYH655390 VID655390 VRZ655390 WBV655390 WLR655390 WVN655390 F720922 JB720926 SX720926 ACT720926 AMP720926 AWL720926 BGH720926 BQD720926 BZZ720926 CJV720926 CTR720926 DDN720926 DNJ720926 DXF720926 EHB720926 EQX720926 FAT720926 FKP720926 FUL720926 GEH720926 GOD720926 GXZ720926 HHV720926 HRR720926 IBN720926 ILJ720926 IVF720926 JFB720926 JOX720926 JYT720926 KIP720926 KSL720926 LCH720926 LMD720926 LVZ720926 MFV720926 MPR720926 MZN720926 NJJ720926 NTF720926 ODB720926 OMX720926 OWT720926 PGP720926 PQL720926 QAH720926 QKD720926 QTZ720926 RDV720926 RNR720926 RXN720926 SHJ720926 SRF720926 TBB720926 TKX720926 TUT720926 UEP720926 UOL720926 UYH720926 VID720926 VRZ720926 WBV720926 WLR720926 WVN720926 F786458 JB786462 SX786462 ACT786462 AMP786462 AWL786462 BGH786462 BQD786462 BZZ786462 CJV786462 CTR786462 DDN786462 DNJ786462 DXF786462 EHB786462 EQX786462 FAT786462 FKP786462 FUL786462 GEH786462 GOD786462 GXZ786462 HHV786462 HRR786462 IBN786462 ILJ786462 IVF786462 JFB786462 JOX786462 JYT786462 KIP786462 KSL786462 LCH786462 LMD786462 LVZ786462 MFV786462 MPR786462 MZN786462 NJJ786462 NTF786462 ODB786462 OMX786462 OWT786462 PGP786462 PQL786462 QAH786462 QKD786462 QTZ786462 RDV786462 RNR786462 RXN786462 SHJ786462 SRF786462 TBB786462 TKX786462 TUT786462 UEP786462 UOL786462 UYH786462 VID786462 VRZ786462 WBV786462 WLR786462 WVN786462 F851994 JB851998 SX851998 ACT851998 AMP851998 AWL851998 BGH851998 BQD851998 BZZ851998 CJV851998 CTR851998 DDN851998 DNJ851998 DXF851998 EHB851998 EQX851998 FAT851998 FKP851998 FUL851998 GEH851998 GOD851998 GXZ851998 HHV851998 HRR851998 IBN851998 ILJ851998 IVF851998 JFB851998 JOX851998 JYT851998 KIP851998 KSL851998 LCH851998 LMD851998 LVZ851998 MFV851998 MPR851998 MZN851998 NJJ851998 NTF851998 ODB851998 OMX851998 OWT851998 PGP851998 PQL851998 QAH851998 QKD851998 QTZ851998 RDV851998 RNR851998 RXN851998 SHJ851998 SRF851998 TBB851998 TKX851998 TUT851998 UEP851998 UOL851998 UYH851998 VID851998 VRZ851998 WBV851998 WLR851998 WVN851998 F917530 JB917534 SX917534 ACT917534 AMP917534 AWL917534 BGH917534 BQD917534 BZZ917534 CJV917534 CTR917534 DDN917534 DNJ917534 DXF917534 EHB917534 EQX917534 FAT917534 FKP917534 FUL917534 GEH917534 GOD917534 GXZ917534 HHV917534 HRR917534 IBN917534 ILJ917534 IVF917534 JFB917534 JOX917534 JYT917534 KIP917534 KSL917534 LCH917534 LMD917534 LVZ917534 MFV917534 MPR917534 MZN917534 NJJ917534 NTF917534 ODB917534 OMX917534 OWT917534 PGP917534 PQL917534 QAH917534 QKD917534 QTZ917534 RDV917534 RNR917534 RXN917534 SHJ917534 SRF917534 TBB917534 TKX917534 TUT917534 UEP917534 UOL917534 UYH917534 VID917534 VRZ917534 WBV917534 WLR917534 WVN917534 F983066 JB983070 SX983070 ACT983070 AMP983070 AWL983070 BGH983070 BQD983070 BZZ983070 CJV983070 CTR983070 DDN983070 DNJ983070 DXF983070 EHB983070 EQX983070 FAT983070 FKP983070 FUL983070 GEH983070 GOD983070 GXZ983070 HHV983070 HRR983070 IBN983070 ILJ983070 IVF983070 JFB983070 JOX983070 JYT983070 KIP983070 KSL983070 LCH983070 LMD983070 LVZ983070 MFV983070 MPR983070 MZN983070 NJJ983070 NTF983070 ODB983070 OMX983070 OWT983070 PGP983070 PQL983070 QAH983070 QKD983070 QTZ983070 RDV983070 RNR983070 RXN983070 SHJ983070 SRF983070 TBB983070 TKX983070 TUT983070 UEP983070 UOL983070 UYH983070 VID983070 VRZ983070 WBV983070 WLR983070 WVN983070" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>exp</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="JB24 SX24 ACT24 AMP24 AWL24 BGH24 BQD24 BZZ24 CJV24 CTR24 DDN24 DNJ24 DXF24 EHB24 EQX24 FAT24 FKP24 FUL24 GEH24 GOD24 GXZ24 HHV24 HRR24 IBN24 ILJ24 IVF24 JFB24 JOX24 JYT24 KIP24 KSL24 LCH24 LMD24 LVZ24 MFV24 MPR24 MZN24 NJJ24 NTF24 ODB24 OMX24 OWT24 PGP24 PQL24 QAH24 QKD24 QTZ24 RDV24 RNR24 RXN24 SHJ24 SRF24 TBB24 TKX24 TUT24 UEP24 UOL24 UYH24 VID24 VRZ24 WBV24 WLR24 WVN24 F65556 JB65560 SX65560 ACT65560 AMP65560 AWL65560 BGH65560 BQD65560 BZZ65560 CJV65560 CTR65560 DDN65560 DNJ65560 DXF65560 EHB65560 EQX65560 FAT65560 FKP65560 FUL65560 GEH65560 GOD65560 GXZ65560 HHV65560 HRR65560 IBN65560 ILJ65560 IVF65560 JFB65560 JOX65560 JYT65560 KIP65560 KSL65560 LCH65560 LMD65560 LVZ65560 MFV65560 MPR65560 MZN65560 NJJ65560 NTF65560 ODB65560 OMX65560 OWT65560 PGP65560 PQL65560 QAH65560 QKD65560 QTZ65560 RDV65560 RNR65560 RXN65560 SHJ65560 SRF65560 TBB65560 TKX65560 TUT65560 UEP65560 UOL65560 UYH65560 VID65560 VRZ65560 WBV65560 WLR65560 WVN65560 F131092 JB131096 SX131096 ACT131096 AMP131096 AWL131096 BGH131096 BQD131096 BZZ131096 CJV131096 CTR131096 DDN131096 DNJ131096 DXF131096 EHB131096 EQX131096 FAT131096 FKP131096 FUL131096 GEH131096 GOD131096 GXZ131096 HHV131096 HRR131096 IBN131096 ILJ131096 IVF131096 JFB131096 JOX131096 JYT131096 KIP131096 KSL131096 LCH131096 LMD131096 LVZ131096 MFV131096 MPR131096 MZN131096 NJJ131096 NTF131096 ODB131096 OMX131096 OWT131096 PGP131096 PQL131096 QAH131096 QKD131096 QTZ131096 RDV131096 RNR131096 RXN131096 SHJ131096 SRF131096 TBB131096 TKX131096 TUT131096 UEP131096 UOL131096 UYH131096 VID131096 VRZ131096 WBV131096 WLR131096 WVN131096 F196628 JB196632 SX196632 ACT196632 AMP196632 AWL196632 BGH196632 BQD196632 BZZ196632 CJV196632 CTR196632 DDN196632 DNJ196632 DXF196632 EHB196632 EQX196632 FAT196632 FKP196632 FUL196632 GEH196632 GOD196632 GXZ196632 HHV196632 HRR196632 IBN196632 ILJ196632 IVF196632 JFB196632 JOX196632 JYT196632 KIP196632 KSL196632 LCH196632 LMD196632 LVZ196632 MFV196632 MPR196632 MZN196632 NJJ196632 NTF196632 ODB196632 OMX196632 OWT196632 PGP196632 PQL196632 QAH196632 QKD196632 QTZ196632 RDV196632 RNR196632 RXN196632 SHJ196632 SRF196632 TBB196632 TKX196632 TUT196632 UEP196632 UOL196632 UYH196632 VID196632 VRZ196632 WBV196632 WLR196632 WVN196632 F262164 JB262168 SX262168 ACT262168 AMP262168 AWL262168 BGH262168 BQD262168 BZZ262168 CJV262168 CTR262168 DDN262168 DNJ262168 DXF262168 EHB262168 EQX262168 FAT262168 FKP262168 FUL262168 GEH262168 GOD262168 GXZ262168 HHV262168 HRR262168 IBN262168 ILJ262168 IVF262168 JFB262168 JOX262168 JYT262168 KIP262168 KSL262168 LCH262168 LMD262168 LVZ262168 MFV262168 MPR262168 MZN262168 NJJ262168 NTF262168 ODB262168 OMX262168 OWT262168 PGP262168 PQL262168 QAH262168 QKD262168 QTZ262168 RDV262168 RNR262168 RXN262168 SHJ262168 SRF262168 TBB262168 TKX262168 TUT262168 UEP262168 UOL262168 UYH262168 VID262168 VRZ262168 WBV262168 WLR262168 WVN262168 F327700 JB327704 SX327704 ACT327704 AMP327704 AWL327704 BGH327704 BQD327704 BZZ327704 CJV327704 CTR327704 DDN327704 DNJ327704 DXF327704 EHB327704 EQX327704 FAT327704 FKP327704 FUL327704 GEH327704 GOD327704 GXZ327704 HHV327704 HRR327704 IBN327704 ILJ327704 IVF327704 JFB327704 JOX327704 JYT327704 KIP327704 KSL327704 LCH327704 LMD327704 LVZ327704 MFV327704 MPR327704 MZN327704 NJJ327704 NTF327704 ODB327704 OMX327704 OWT327704 PGP327704 PQL327704 QAH327704 QKD327704 QTZ327704 RDV327704 RNR327704 RXN327704 SHJ327704 SRF327704 TBB327704 TKX327704 TUT327704 UEP327704 UOL327704 UYH327704 VID327704 VRZ327704 WBV327704 WLR327704 WVN327704 F393236 JB393240 SX393240 ACT393240 AMP393240 AWL393240 BGH393240 BQD393240 BZZ393240 CJV393240 CTR393240 DDN393240 DNJ393240 DXF393240 EHB393240 EQX393240 FAT393240 FKP393240 FUL393240 GEH393240 GOD393240 GXZ393240 HHV393240 HRR393240 IBN393240 ILJ393240 IVF393240 JFB393240 JOX393240 JYT393240 KIP393240 KSL393240 LCH393240 LMD393240 LVZ393240 MFV393240 MPR393240 MZN393240 NJJ393240 NTF393240 ODB393240 OMX393240 OWT393240 PGP393240 PQL393240 QAH393240 QKD393240 QTZ393240 RDV393240 RNR393240 RXN393240 SHJ393240 SRF393240 TBB393240 TKX393240 TUT393240 UEP393240 UOL393240 UYH393240 VID393240 VRZ393240 WBV393240 WLR393240 WVN393240 F458772 JB458776 SX458776 ACT458776 AMP458776 AWL458776 BGH458776 BQD458776 BZZ458776 CJV458776 CTR458776 DDN458776 DNJ458776 DXF458776 EHB458776 EQX458776 FAT458776 FKP458776 FUL458776 GEH458776 GOD458776 GXZ458776 HHV458776 HRR458776 IBN458776 ILJ458776 IVF458776 JFB458776 JOX458776 JYT458776 KIP458776 KSL458776 LCH458776 LMD458776 LVZ458776 MFV458776 MPR458776 MZN458776 NJJ458776 NTF458776 ODB458776 OMX458776 OWT458776 PGP458776 PQL458776 QAH458776 QKD458776 QTZ458776 RDV458776 RNR458776 RXN458776 SHJ458776 SRF458776 TBB458776 TKX458776 TUT458776 UEP458776 UOL458776 UYH458776 VID458776 VRZ458776 WBV458776 WLR458776 WVN458776 F524308 JB524312 SX524312 ACT524312 AMP524312 AWL524312 BGH524312 BQD524312 BZZ524312 CJV524312 CTR524312 DDN524312 DNJ524312 DXF524312 EHB524312 EQX524312 FAT524312 FKP524312 FUL524312 GEH524312 GOD524312 GXZ524312 HHV524312 HRR524312 IBN524312 ILJ524312 IVF524312 JFB524312 JOX524312 JYT524312 KIP524312 KSL524312 LCH524312 LMD524312 LVZ524312 MFV524312 MPR524312 MZN524312 NJJ524312 NTF524312 ODB524312 OMX524312 OWT524312 PGP524312 PQL524312 QAH524312 QKD524312 QTZ524312 RDV524312 RNR524312 RXN524312 SHJ524312 SRF524312 TBB524312 TKX524312 TUT524312 UEP524312 UOL524312 UYH524312 VID524312 VRZ524312 WBV524312 WLR524312 WVN524312 F589844 JB589848 SX589848 ACT589848 AMP589848 AWL589848 BGH589848 BQD589848 BZZ589848 CJV589848 CTR589848 DDN589848 DNJ589848 DXF589848 EHB589848 EQX589848 FAT589848 FKP589848 FUL589848 GEH589848 GOD589848 GXZ589848 HHV589848 HRR589848 IBN589848 ILJ589848 IVF589848 JFB589848 JOX589848 JYT589848 KIP589848 KSL589848 LCH589848 LMD589848 LVZ589848 MFV589848 MPR589848 MZN589848 NJJ589848 NTF589848 ODB589848 OMX589848 OWT589848 PGP589848 PQL589848 QAH589848 QKD589848 QTZ589848 RDV589848 RNR589848 RXN589848 SHJ589848 SRF589848 TBB589848 TKX589848 TUT589848 UEP589848 UOL589848 UYH589848 VID589848 VRZ589848 WBV589848 WLR589848 WVN589848 F655380 JB655384 SX655384 ACT655384 AMP655384 AWL655384 BGH655384 BQD655384 BZZ655384 CJV655384 CTR655384 DDN655384 DNJ655384 DXF655384 EHB655384 EQX655384 FAT655384 FKP655384 FUL655384 GEH655384 GOD655384 GXZ655384 HHV655384 HRR655384 IBN655384 ILJ655384 IVF655384 JFB655384 JOX655384 JYT655384 KIP655384 KSL655384 LCH655384 LMD655384 LVZ655384 MFV655384 MPR655384 MZN655384 NJJ655384 NTF655384 ODB655384 OMX655384 OWT655384 PGP655384 PQL655384 QAH655384 QKD655384 QTZ655384 RDV655384 RNR655384 RXN655384 SHJ655384 SRF655384 TBB655384 TKX655384 TUT655384 UEP655384 UOL655384 UYH655384 VID655384 VRZ655384 WBV655384 WLR655384 WVN655384 F720916 JB720920 SX720920 ACT720920 AMP720920 AWL720920 BGH720920 BQD720920 BZZ720920 CJV720920 CTR720920 DDN720920 DNJ720920 DXF720920 EHB720920 EQX720920 FAT720920 FKP720920 FUL720920 GEH720920 GOD720920 GXZ720920 HHV720920 HRR720920 IBN720920 ILJ720920 IVF720920 JFB720920 JOX720920 JYT720920 KIP720920 KSL720920 LCH720920 LMD720920 LVZ720920 MFV720920 MPR720920 MZN720920 NJJ720920 NTF720920 ODB720920 OMX720920 OWT720920 PGP720920 PQL720920 QAH720920 QKD720920 QTZ720920 RDV720920 RNR720920 RXN720920 SHJ720920 SRF720920 TBB720920 TKX720920 TUT720920 UEP720920 UOL720920 UYH720920 VID720920 VRZ720920 WBV720920 WLR720920 WVN720920 F786452 JB786456 SX786456 ACT786456 AMP786456 AWL786456 BGH786456 BQD786456 BZZ786456 CJV786456 CTR786456 DDN786456 DNJ786456 DXF786456 EHB786456 EQX786456 FAT786456 FKP786456 FUL786456 GEH786456 GOD786456 GXZ786456 HHV786456 HRR786456 IBN786456 ILJ786456 IVF786456 JFB786456 JOX786456 JYT786456 KIP786456 KSL786456 LCH786456 LMD786456 LVZ786456 MFV786456 MPR786456 MZN786456 NJJ786456 NTF786456 ODB786456 OMX786456 OWT786456 PGP786456 PQL786456 QAH786456 QKD786456 QTZ786456 RDV786456 RNR786456 RXN786456 SHJ786456 SRF786456 TBB786456 TKX786456 TUT786456 UEP786456 UOL786456 UYH786456 VID786456 VRZ786456 WBV786456 WLR786456 WVN786456 F851988 JB851992 SX851992 ACT851992 AMP851992 AWL851992 BGH851992 BQD851992 BZZ851992 CJV851992 CTR851992 DDN851992 DNJ851992 DXF851992 EHB851992 EQX851992 FAT851992 FKP851992 FUL851992 GEH851992 GOD851992 GXZ851992 HHV851992 HRR851992 IBN851992 ILJ851992 IVF851992 JFB851992 JOX851992 JYT851992 KIP851992 KSL851992 LCH851992 LMD851992 LVZ851992 MFV851992 MPR851992 MZN851992 NJJ851992 NTF851992 ODB851992 OMX851992 OWT851992 PGP851992 PQL851992 QAH851992 QKD851992 QTZ851992 RDV851992 RNR851992 RXN851992 SHJ851992 SRF851992 TBB851992 TKX851992 TUT851992 UEP851992 UOL851992 UYH851992 VID851992 VRZ851992 WBV851992 WLR851992 WVN851992 F917524 JB917528 SX917528 ACT917528 AMP917528 AWL917528 BGH917528 BQD917528 BZZ917528 CJV917528 CTR917528 DDN917528 DNJ917528 DXF917528 EHB917528 EQX917528 FAT917528 FKP917528 FUL917528 GEH917528 GOD917528 GXZ917528 HHV917528 HRR917528 IBN917528 ILJ917528 IVF917528 JFB917528 JOX917528 JYT917528 KIP917528 KSL917528 LCH917528 LMD917528 LVZ917528 MFV917528 MPR917528 MZN917528 NJJ917528 NTF917528 ODB917528 OMX917528 OWT917528 PGP917528 PQL917528 QAH917528 QKD917528 QTZ917528 RDV917528 RNR917528 RXN917528 SHJ917528 SRF917528 TBB917528 TKX917528 TUT917528 UEP917528 UOL917528 UYH917528 VID917528 VRZ917528 WBV917528 WLR917528 WVN917528 F983060 JB983064 SX983064 ACT983064 AMP983064 AWL983064 BGH983064 BQD983064 BZZ983064 CJV983064 CTR983064 DDN983064 DNJ983064 DXF983064 EHB983064 EQX983064 FAT983064 FKP983064 FUL983064 GEH983064 GOD983064 GXZ983064 HHV983064 HRR983064 IBN983064 ILJ983064 IVF983064 JFB983064 JOX983064 JYT983064 KIP983064 KSL983064 LCH983064 LMD983064 LVZ983064 MFV983064 MPR983064 MZN983064 NJJ983064 NTF983064 ODB983064 OMX983064 OWT983064 PGP983064 PQL983064 QAH983064 QKD983064 QTZ983064 RDV983064 RNR983064 RXN983064 SHJ983064 SRF983064 TBB983064 TKX983064 TUT983064 UEP983064 UOL983064 UYH983064 VID983064 VRZ983064 WBV983064 WLR983064 WVN983064" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>CCN</formula1>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="WVN983058 JB18 SX18 ACT18 AMP18 AWL18 BGH18 BQD18 BZZ18 CJV18 CTR18 DDN18 DNJ18 DXF18 EHB18 EQX18 FAT18 FKP18 FUL18 GEH18 GOD18 GXZ18 HHV18 HRR18 IBN18 ILJ18 IVF18 JFB18 JOX18 JYT18 KIP18 KSL18 LCH18 LMD18 LVZ18 MFV18 MPR18 MZN18 NJJ18 NTF18 ODB18 OMX18 OWT18 PGP18 PQL18 QAH18 QKD18 QTZ18 RDV18 RNR18 RXN18 SHJ18 SRF18 TBB18 TKX18 TUT18 UEP18 UOL18 UYH18 VID18 VRZ18 WBV18 WLR18 WVN18 F65550 JB65554 SX65554 ACT65554 AMP65554 AWL65554 BGH65554 BQD65554 BZZ65554 CJV65554 CTR65554 DDN65554 DNJ65554 DXF65554 EHB65554 EQX65554 FAT65554 FKP65554 FUL65554 GEH65554 GOD65554 GXZ65554 HHV65554 HRR65554 IBN65554 ILJ65554 IVF65554 JFB65554 JOX65554 JYT65554 KIP65554 KSL65554 LCH65554 LMD65554 LVZ65554 MFV65554 MPR65554 MZN65554 NJJ65554 NTF65554 ODB65554 OMX65554 OWT65554 PGP65554 PQL65554 QAH65554 QKD65554 QTZ65554 RDV65554 RNR65554 RXN65554 SHJ65554 SRF65554 TBB65554 TKX65554 TUT65554 UEP65554 UOL65554 UYH65554 VID65554 VRZ65554 WBV65554 WLR65554 WVN65554 F131086 JB131090 SX131090 ACT131090 AMP131090 AWL131090 BGH131090 BQD131090 BZZ131090 CJV131090 CTR131090 DDN131090 DNJ131090 DXF131090 EHB131090 EQX131090 FAT131090 FKP131090 FUL131090 GEH131090 GOD131090 GXZ131090 HHV131090 HRR131090 IBN131090 ILJ131090 IVF131090 JFB131090 JOX131090 JYT131090 KIP131090 KSL131090 LCH131090 LMD131090 LVZ131090 MFV131090 MPR131090 MZN131090 NJJ131090 NTF131090 ODB131090 OMX131090 OWT131090 PGP131090 PQL131090 QAH131090 QKD131090 QTZ131090 RDV131090 RNR131090 RXN131090 SHJ131090 SRF131090 TBB131090 TKX131090 TUT131090 UEP131090 UOL131090 UYH131090 VID131090 VRZ131090 WBV131090 WLR131090 WVN131090 F196622 JB196626 SX196626 ACT196626 AMP196626 AWL196626 BGH196626 BQD196626 BZZ196626 CJV196626 CTR196626 DDN196626 DNJ196626 DXF196626 EHB196626 EQX196626 FAT196626 FKP196626 FUL196626 GEH196626 GOD196626 GXZ196626 HHV196626 HRR196626 IBN196626 ILJ196626 IVF196626 JFB196626 JOX196626 JYT196626 KIP196626 KSL196626 LCH196626 LMD196626 LVZ196626 MFV196626 MPR196626 MZN196626 NJJ196626 NTF196626 ODB196626 OMX196626 OWT196626 PGP196626 PQL196626 QAH196626 QKD196626 QTZ196626 RDV196626 RNR196626 RXN196626 SHJ196626 SRF196626 TBB196626 TKX196626 TUT196626 UEP196626 UOL196626 UYH196626 VID196626 VRZ196626 WBV196626 WLR196626 WVN196626 F262158 JB262162 SX262162 ACT262162 AMP262162 AWL262162 BGH262162 BQD262162 BZZ262162 CJV262162 CTR262162 DDN262162 DNJ262162 DXF262162 EHB262162 EQX262162 FAT262162 FKP262162 FUL262162 GEH262162 GOD262162 GXZ262162 HHV262162 HRR262162 IBN262162 ILJ262162 IVF262162 JFB262162 JOX262162 JYT262162 KIP262162 KSL262162 LCH262162 LMD262162 LVZ262162 MFV262162 MPR262162 MZN262162 NJJ262162 NTF262162 ODB262162 OMX262162 OWT262162 PGP262162 PQL262162 QAH262162 QKD262162 QTZ262162 RDV262162 RNR262162 RXN262162 SHJ262162 SRF262162 TBB262162 TKX262162 TUT262162 UEP262162 UOL262162 UYH262162 VID262162 VRZ262162 WBV262162 WLR262162 WVN262162 F327694 JB327698 SX327698 ACT327698 AMP327698 AWL327698 BGH327698 BQD327698 BZZ327698 CJV327698 CTR327698 DDN327698 DNJ327698 DXF327698 EHB327698 EQX327698 FAT327698 FKP327698 FUL327698 GEH327698 GOD327698 GXZ327698 HHV327698 HRR327698 IBN327698 ILJ327698 IVF327698 JFB327698 JOX327698 JYT327698 KIP327698 KSL327698 LCH327698 LMD327698 LVZ327698 MFV327698 MPR327698 MZN327698 NJJ327698 NTF327698 ODB327698 OMX327698 OWT327698 PGP327698 PQL327698 QAH327698 QKD327698 QTZ327698 RDV327698 RNR327698 RXN327698 SHJ327698 SRF327698 TBB327698 TKX327698 TUT327698 UEP327698 UOL327698 UYH327698 VID327698 VRZ327698 WBV327698 WLR327698 WVN327698 F393230 JB393234 SX393234 ACT393234 AMP393234 AWL393234 BGH393234 BQD393234 BZZ393234 CJV393234 CTR393234 DDN393234 DNJ393234 DXF393234 EHB393234 EQX393234 FAT393234 FKP393234 FUL393234 GEH393234 GOD393234 GXZ393234 HHV393234 HRR393234 IBN393234 ILJ393234 IVF393234 JFB393234 JOX393234 JYT393234 KIP393234 KSL393234 LCH393234 LMD393234 LVZ393234 MFV393234 MPR393234 MZN393234 NJJ393234 NTF393234 ODB393234 OMX393234 OWT393234 PGP393234 PQL393234 QAH393234 QKD393234 QTZ393234 RDV393234 RNR393234 RXN393234 SHJ393234 SRF393234 TBB393234 TKX393234 TUT393234 UEP393234 UOL393234 UYH393234 VID393234 VRZ393234 WBV393234 WLR393234 WVN393234 F458766 JB458770 SX458770 ACT458770 AMP458770 AWL458770 BGH458770 BQD458770 BZZ458770 CJV458770 CTR458770 DDN458770 DNJ458770 DXF458770 EHB458770 EQX458770 FAT458770 FKP458770 FUL458770 GEH458770 GOD458770 GXZ458770 HHV458770 HRR458770 IBN458770 ILJ458770 IVF458770 JFB458770 JOX458770 JYT458770 KIP458770 KSL458770 LCH458770 LMD458770 LVZ458770 MFV458770 MPR458770 MZN458770 NJJ458770 NTF458770 ODB458770 OMX458770 OWT458770 PGP458770 PQL458770 QAH458770 QKD458770 QTZ458770 RDV458770 RNR458770 RXN458770 SHJ458770 SRF458770 TBB458770 TKX458770 TUT458770 UEP458770 UOL458770 UYH458770 VID458770 VRZ458770 WBV458770 WLR458770 WVN458770 F524302 JB524306 SX524306 ACT524306 AMP524306 AWL524306 BGH524306 BQD524306 BZZ524306 CJV524306 CTR524306 DDN524306 DNJ524306 DXF524306 EHB524306 EQX524306 FAT524306 FKP524306 FUL524306 GEH524306 GOD524306 GXZ524306 HHV524306 HRR524306 IBN524306 ILJ524306 IVF524306 JFB524306 JOX524306 JYT524306 KIP524306 KSL524306 LCH524306 LMD524306 LVZ524306 MFV524306 MPR524306 MZN524306 NJJ524306 NTF524306 ODB524306 OMX524306 OWT524306 PGP524306 PQL524306 QAH524306 QKD524306 QTZ524306 RDV524306 RNR524306 RXN524306 SHJ524306 SRF524306 TBB524306 TKX524306 TUT524306 UEP524306 UOL524306 UYH524306 VID524306 VRZ524306 WBV524306 WLR524306 WVN524306 F589838 JB589842 SX589842 ACT589842 AMP589842 AWL589842 BGH589842 BQD589842 BZZ589842 CJV589842 CTR589842 DDN589842 DNJ589842 DXF589842 EHB589842 EQX589842 FAT589842 FKP589842 FUL589842 GEH589842 GOD589842 GXZ589842 HHV589842 HRR589842 IBN589842 ILJ589842 IVF589842 JFB589842 JOX589842 JYT589842 KIP589842 KSL589842 LCH589842 LMD589842 LVZ589842 MFV589842 MPR589842 MZN589842 NJJ589842 NTF589842 ODB589842 OMX589842 OWT589842 PGP589842 PQL589842 QAH589842 QKD589842 QTZ589842 RDV589842 RNR589842 RXN589842 SHJ589842 SRF589842 TBB589842 TKX589842 TUT589842 UEP589842 UOL589842 UYH589842 VID589842 VRZ589842 WBV589842 WLR589842 WVN589842 F655374 JB655378 SX655378 ACT655378 AMP655378 AWL655378 BGH655378 BQD655378 BZZ655378 CJV655378 CTR655378 DDN655378 DNJ655378 DXF655378 EHB655378 EQX655378 FAT655378 FKP655378 FUL655378 GEH655378 GOD655378 GXZ655378 HHV655378 HRR655378 IBN655378 ILJ655378 IVF655378 JFB655378 JOX655378 JYT655378 KIP655378 KSL655378 LCH655378 LMD655378 LVZ655378 MFV655378 MPR655378 MZN655378 NJJ655378 NTF655378 ODB655378 OMX655378 OWT655378 PGP655378 PQL655378 QAH655378 QKD655378 QTZ655378 RDV655378 RNR655378 RXN655378 SHJ655378 SRF655378 TBB655378 TKX655378 TUT655378 UEP655378 UOL655378 UYH655378 VID655378 VRZ655378 WBV655378 WLR655378 WVN655378 F720910 JB720914 SX720914 ACT720914 AMP720914 AWL720914 BGH720914 BQD720914 BZZ720914 CJV720914 CTR720914 DDN720914 DNJ720914 DXF720914 EHB720914 EQX720914 FAT720914 FKP720914 FUL720914 GEH720914 GOD720914 GXZ720914 HHV720914 HRR720914 IBN720914 ILJ720914 IVF720914 JFB720914 JOX720914 JYT720914 KIP720914 KSL720914 LCH720914 LMD720914 LVZ720914 MFV720914 MPR720914 MZN720914 NJJ720914 NTF720914 ODB720914 OMX720914 OWT720914 PGP720914 PQL720914 QAH720914 QKD720914 QTZ720914 RDV720914 RNR720914 RXN720914 SHJ720914 SRF720914 TBB720914 TKX720914 TUT720914 UEP720914 UOL720914 UYH720914 VID720914 VRZ720914 WBV720914 WLR720914 WVN720914 F786446 JB786450 SX786450 ACT786450 AMP786450 AWL786450 BGH786450 BQD786450 BZZ786450 CJV786450 CTR786450 DDN786450 DNJ786450 DXF786450 EHB786450 EQX786450 FAT786450 FKP786450 FUL786450 GEH786450 GOD786450 GXZ786450 HHV786450 HRR786450 IBN786450 ILJ786450 IVF786450 JFB786450 JOX786450 JYT786450 KIP786450 KSL786450 LCH786450 LMD786450 LVZ786450 MFV786450 MPR786450 MZN786450 NJJ786450 NTF786450 ODB786450 OMX786450 OWT786450 PGP786450 PQL786450 QAH786450 QKD786450 QTZ786450 RDV786450 RNR786450 RXN786450 SHJ786450 SRF786450 TBB786450 TKX786450 TUT786450 UEP786450 UOL786450 UYH786450 VID786450 VRZ786450 WBV786450 WLR786450 WVN786450 F851982 JB851986 SX851986 ACT851986 AMP851986 AWL851986 BGH851986 BQD851986 BZZ851986 CJV851986 CTR851986 DDN851986 DNJ851986 DXF851986 EHB851986 EQX851986 FAT851986 FKP851986 FUL851986 GEH851986 GOD851986 GXZ851986 HHV851986 HRR851986 IBN851986 ILJ851986 IVF851986 JFB851986 JOX851986 JYT851986 KIP851986 KSL851986 LCH851986 LMD851986 LVZ851986 MFV851986 MPR851986 MZN851986 NJJ851986 NTF851986 ODB851986 OMX851986 OWT851986 PGP851986 PQL851986 QAH851986 QKD851986 QTZ851986 RDV851986 RNR851986 RXN851986 SHJ851986 SRF851986 TBB851986 TKX851986 TUT851986 UEP851986 UOL851986 UYH851986 VID851986 VRZ851986 WBV851986 WLR851986 WVN851986 F917518 JB917522 SX917522 ACT917522 AMP917522 AWL917522 BGH917522 BQD917522 BZZ917522 CJV917522 CTR917522 DDN917522 DNJ917522 DXF917522 EHB917522 EQX917522 FAT917522 FKP917522 FUL917522 GEH917522 GOD917522 GXZ917522 HHV917522 HRR917522 IBN917522 ILJ917522 IVF917522 JFB917522 JOX917522 JYT917522 KIP917522 KSL917522 LCH917522 LMD917522 LVZ917522 MFV917522 MPR917522 MZN917522 NJJ917522 NTF917522 ODB917522 OMX917522 OWT917522 PGP917522 PQL917522 QAH917522 QKD917522 QTZ917522 RDV917522 RNR917522 RXN917522 SHJ917522 SRF917522 TBB917522 TKX917522 TUT917522 UEP917522 UOL917522 UYH917522 VID917522 VRZ917522 WBV917522 WLR917522 WVN917522 F983054 JB983058 SX983058 ACT983058 AMP983058 AWL983058 BGH983058 BQD983058 BZZ983058 CJV983058 CTR983058 DDN983058 DNJ983058 DXF983058 EHB983058 EQX983058 FAT983058 FKP983058 FUL983058 GEH983058 GOD983058 GXZ983058 HHV983058 HRR983058 IBN983058 ILJ983058 IVF983058 JFB983058 JOX983058 JYT983058 KIP983058 KSL983058 LCH983058 LMD983058 LVZ983058 MFV983058 MPR983058 MZN983058 NJJ983058 NTF983058 ODB983058 OMX983058 OWT983058 PGP983058 PQL983058 QAH983058 QKD983058 QTZ983058 RDV983058 RNR983058 RXN983058 SHJ983058 SRF983058 TBB983058 TKX983058 TUT983058 UEP983058 UOL983058 UYH983058 VID983058 VRZ983058 WBV983058 WLR983058" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>ohc</formula1>
     </dataValidation>
@@ -2203,131 +2181,131 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="92" orientation="portrait" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{476F6DF8-5F42-4FBE-90B6-95D0783B3A3F}">
           <x14:formula1>
             <xm:f>Sheet2!$D$1:$D$8</xm:f>
           </x14:formula1>
           <xm:sqref>F16</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D1" sqref="D1:D8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1">
         <v>3</v>
       </c>
       <c r="B1">
         <v>0.5</v>
       </c>
       <c r="C1">
         <v>0</v>
       </c>
-      <c r="D1" s="35">
+      <c r="D1" s="26">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>4</v>
       </c>
       <c r="B2">
         <v>0.75</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
-      <c r="D2" s="35">
+      <c r="D2" s="26">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>5</v>
       </c>
       <c r="B3">
         <v>1</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
-      <c r="D3" s="35">
+      <c r="D3" s="26">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>6</v>
       </c>
       <c r="B4">
         <v>1.5</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
-      <c r="D4" s="35">
+      <c r="D4" s="26">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>7</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
-      <c r="D5" s="35">
+      <c r="D5" s="26">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="D6" s="35">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D6" s="26">
         <v>5</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="D7" s="35">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D7" s="26">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="D8" s="35">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D8" s="26">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>